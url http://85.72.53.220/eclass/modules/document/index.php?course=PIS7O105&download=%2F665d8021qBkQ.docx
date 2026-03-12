--- v0 (2025-10-08)
+++ v1 (2026-03-12)
@@ -21,55 +21,53 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="009E649B" w:rsidRPr="005F30E4" w:rsidRDefault="001D3E4B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F30E4">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Εξεταστέα ύλη</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00774C86" w:rsidRDefault="00774C86">
       <w:r>
         <w:t>Π</w:t>
       </w:r>
       <w:r w:rsidR="009733E8">
         <w:t>ΙΣ</w:t>
       </w:r>
-      <w:r w:rsidR="00E07070">
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C34FEA">
+        <w:t xml:space="preserve"> Β΄ Εξ. 2025-2026</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="0048458E" w:rsidRDefault="0048458E" w:rsidP="00C57799">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Α. Τ</w:t>
       </w:r>
       <w:r w:rsidR="009733E8">
         <w:t>ο Σύγγραμμα του</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Ι. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Πυργιωτάκη</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009733E8">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -119,72 +117,74 @@
         <w:t>Γ.</w:t>
       </w:r>
       <w:r w:rsidR="00E21236">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Άρθρα </w:t>
       </w:r>
       <w:r w:rsidR="00E21236">
         <w:t xml:space="preserve">(2) </w:t>
       </w:r>
       <w:r>
         <w:t>του Λ.</w:t>
       </w:r>
       <w:r w:rsidR="00E21236">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Πλατυπόδη</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0048458E" w:rsidRDefault="0048458E" w:rsidP="00C57799">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="009733E8" w:rsidRPr="009733E8" w:rsidRDefault="009733E8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009733E8">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Τρόπος εξέτασης </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009733E8" w:rsidRPr="009733E8" w:rsidRDefault="009218DD">
       <w:r>
         <w:t xml:space="preserve">Δια ζώσης </w:t>
       </w:r>
-      <w:r w:rsidR="009733E8">
-        <w:t xml:space="preserve">Προφορικά </w:t>
+      <w:r w:rsidR="00C34FEA">
+        <w:t xml:space="preserve">Γραπτά </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">στην </w:t>
       </w:r>
       <w:r w:rsidR="009733E8">
         <w:t xml:space="preserve">ανωτέρω </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>αναρτηθείσα</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> διδακτική </w:t>
       </w:r>
       <w:r w:rsidR="009733E8">
         <w:t>ύλη.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D3E4B" w:rsidRPr="001D3E4B" w:rsidRDefault="001D3E4B"/>
     <w:sectPr w:rsidR="001D3E4B" w:rsidRPr="001D3E4B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
@@ -223,50 +223,51 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D3E4B"/>
     <w:rsid w:val="001D3E4B"/>
     <w:rsid w:val="0048458E"/>
     <w:rsid w:val="0057533E"/>
     <w:rsid w:val="005F30E4"/>
     <w:rsid w:val="006D3A16"/>
     <w:rsid w:val="00774C86"/>
     <w:rsid w:val="008C1ADA"/>
     <w:rsid w:val="009218DD"/>
     <w:rsid w:val="00950EC9"/>
     <w:rsid w:val="009733E8"/>
     <w:rsid w:val="009E649B"/>
+    <w:rsid w:val="00C34FEA"/>
     <w:rsid w:val="00C57799"/>
     <w:rsid w:val="00E07070"/>
     <w:rsid w:val="00E21236"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="el-GR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -957,69 +958,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>44</Words>
-  <Characters>240</Characters>
+  <Words>43</Words>
+  <Characters>238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Τίτλος</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>283</CharactersWithSpaces>
+  <CharactersWithSpaces>280</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Λαμπρινός Πλατυπόδης</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>